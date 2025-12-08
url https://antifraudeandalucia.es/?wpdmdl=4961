--- v0 (2025-10-18)
+++ v1 (2025-12-08)
@@ -1,1215 +1,1236 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://antifraudeandalucia.sharepoint.com/sites/administracion3/Documentos compartidos/General/WEB_Contenidos/Transparencia/2025_2T/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://antifraudeandalucia.sharepoint.com/sites/administracion3/Documentos compartidos/General/WEB_Contenidos/Transparencia/2025_3T/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{2DF4E699-9AFC-4B30-949B-3938A96D7F61}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D48190B7-2BE6-41F7-9558-27401C880BA0}"/>
+  <xr:revisionPtr revIDLastSave="53" documentId="8_{2DF4E699-9AFC-4B30-949B-3938A96D7F61}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{267925CC-8F20-41E3-AED4-1969741CBB15}"/>
   <bookViews>
     <workbookView xWindow="-103" yWindow="-103" windowWidth="33120" windowHeight="18000" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="124519"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
+</file>
+
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="I5" i="1" l="1"/>
+  <c r="G5" i="1"/>
+</calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <r>
       <rPr>
-        <b/>
-[...297 lines deleted...]
-      <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Fecha</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Obtención</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Clasificación
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Capítulos</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>DENOMINACIÓN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>DE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>LOS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>CAPÍTULOS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Créditos</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Iniciales</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Modificaciones</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Créditos</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Totales</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Obligaciones</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Reconocidas</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Pag.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>realizados</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Reintegros</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Gastos</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Pagos</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Líquidos</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Pendiente</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Pago</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Estado</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Ejecución</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>GASTOS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>DE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>PERSONAL</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>GASTOS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>CORRIENTES</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>EN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>BIENES</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Y</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>SERVICIOS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>GASTOS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>FINANCIEROS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Total</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>operaciones</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>corrientes:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>INVERSIONES</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>REALES</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Total</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>operaciones</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>capital:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>ACTIVOS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>FINANCIEROS</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>Total</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>de</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>operaciones</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>financieras:</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Suma</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>OFICINA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ANDALUZA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>CONTRA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>EL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>FRAUDE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Y</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>LA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">CORRUPCION
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>PRESUPUESTO</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>DE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t>GASTOS</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">      </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial MT"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">2025
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>ESTADO</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>DE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>EJECUCIÓN</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>DESDE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1/7/2025</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">              </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>HASTA</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+      </rPr>
+      <t xml:space="preserve">   </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>30/09/2025</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>02/07/2025</t>
+      <t>15/10/2025</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">         </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">13:05:20
+      <t xml:space="preserve">09:16:47
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Pág.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">                        </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
-    </r>
-[...752 lines deleted...]
-      <t>Suma</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17">
+  <fonts count="19">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Arial MT"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Arial MT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1260,60 +1281,72 @@
       <sz val="7"/>
       <name val="Arial MT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial MT"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Times New Roman"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -1329,155 +1362,247 @@
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="2" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1726,399 +1851,429 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E22" sqref="E22"/>
+      <selection activeCell="C17" sqref="C16:C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.7265625" defaultRowHeight="12.9"/>
   <cols>
     <col min="1" max="1" width="132" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="29.08984375" customWidth="1"/>
+    <col min="4" max="4" width="11.7265625" customWidth="1"/>
+    <col min="5" max="5" width="12.81640625" customWidth="1"/>
+    <col min="6" max="6" width="12.6328125" customWidth="1"/>
+    <col min="7" max="7" width="12.36328125" customWidth="1"/>
+    <col min="8" max="8" width="11.54296875" customWidth="1"/>
+    <col min="9" max="9" width="13.36328125" customWidth="1"/>
+    <col min="11" max="11" width="11.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="43" customHeight="1">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="C1" s="31" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="26.6">
+      <c r="A4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="B4" s="3" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="C4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="D4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="E4" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="G4" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="H4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="7" t="s">
+      <c r="I4" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="6" t="s">
+      <c r="J4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="K4" s="2" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="21">
-      <c r="A5" s="8">
+      <c r="A5" s="7">
         <v>1</v>
       </c>
-      <c r="B5" s="9" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="10">
+      <c r="B5" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="29">
         <v>1790400</v>
       </c>
       <c r="D5" s="24"/>
-      <c r="E5" s="10">
+      <c r="E5" s="8">
         <v>1790400</v>
       </c>
-      <c r="F5" s="10">
-[...11 lines deleted...]
-        <v>1374955.65</v>
+      <c r="F5" s="8">
+        <v>364410.96</v>
+      </c>
+      <c r="G5" s="8">
+        <f>F5</f>
+        <v>364410.96</v>
+      </c>
+      <c r="H5" s="10"/>
+      <c r="I5" s="8">
+        <f>G5</f>
+        <v>364410.96</v>
+      </c>
+      <c r="J5" s="10"/>
+      <c r="K5" s="8">
+        <v>1425989.04</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="42.45">
-      <c r="A6" s="15">
+      <c r="A6" s="11">
         <v>2</v>
       </c>
-      <c r="B6" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="16">
+      <c r="B6" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="29">
         <v>603990</v>
       </c>
       <c r="D6" s="25"/>
-      <c r="E6" s="16">
+      <c r="E6" s="12">
         <v>603990</v>
       </c>
-      <c r="F6" s="16">
-[...15 lines deleted...]
-        <v>487453.87</v>
+      <c r="F6" s="12">
+        <v>65646.61</v>
+      </c>
+      <c r="G6" s="12">
+        <v>120966.74</v>
+      </c>
+      <c r="H6" s="12">
+        <v>1845.83</v>
+      </c>
+      <c r="I6" s="12">
+        <v>119120.91</v>
+      </c>
+      <c r="J6" s="12">
+        <v>-53474.3</v>
+      </c>
+      <c r="K6" s="12">
+        <v>538343.39</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="21">
-      <c r="A7" s="17">
+      <c r="A7" s="13">
         <v>3</v>
       </c>
-      <c r="B7" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="18">
+      <c r="B7" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="30">
         <v>100</v>
       </c>
       <c r="D7" s="26"/>
-      <c r="E7" s="18">
+      <c r="E7" s="14">
         <v>100</v>
       </c>
-      <c r="F7" s="19"/>
-[...4 lines deleted...]
-      <c r="K7" s="18">
+      <c r="F7" s="15"/>
+      <c r="G7" s="15"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="15"/>
+      <c r="J7" s="15"/>
+      <c r="K7" s="14">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.600000000000001">
-      <c r="A8" s="20"/>
-[...3 lines deleted...]
-      <c r="C8" s="21">
+      <c r="A8" s="16"/>
+      <c r="B8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="28">
         <v>2394490</v>
       </c>
-      <c r="D8" s="20"/>
-      <c r="E8" s="21">
+      <c r="D8" s="16"/>
+      <c r="E8" s="17">
         <v>2394490</v>
       </c>
-      <c r="F8" s="21">
-[...15 lines deleted...]
-        <v>1862509.52</v>
+      <c r="F8" s="17">
+        <v>430057.57</v>
+      </c>
+      <c r="G8" s="17">
+        <v>485377.7</v>
+      </c>
+      <c r="H8" s="17">
+        <v>1845.83</v>
+      </c>
+      <c r="I8" s="17">
+        <v>483531.87</v>
+      </c>
+      <c r="J8" s="17">
+        <v>-53474.3</v>
+      </c>
+      <c r="K8" s="17">
+        <v>1964432.43</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="21">
-      <c r="A9" s="22">
+      <c r="A9" s="18">
         <v>6</v>
       </c>
-      <c r="B9" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="21">
+      <c r="B9" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="17">
         <v>49000</v>
       </c>
-      <c r="D9" s="20"/>
-      <c r="E9" s="21">
+      <c r="D9" s="16"/>
+      <c r="E9" s="17">
         <v>49000</v>
       </c>
-      <c r="F9" s="20"/>
-[...4 lines deleted...]
-      <c r="K9" s="21">
+      <c r="F9" s="16"/>
+      <c r="G9" s="16"/>
+      <c r="H9" s="16"/>
+      <c r="I9" s="16"/>
+      <c r="J9" s="16"/>
+      <c r="K9" s="17">
         <v>49000</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.600000000000001">
-      <c r="A10" s="20"/>
-[...3 lines deleted...]
-      <c r="C10" s="21">
+      <c r="A10" s="16"/>
+      <c r="B10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="17">
         <v>49000</v>
       </c>
-      <c r="D10" s="20"/>
-      <c r="E10" s="21">
+      <c r="D10" s="16"/>
+      <c r="E10" s="17">
         <v>49000</v>
       </c>
-      <c r="F10" s="20"/>
-[...4 lines deleted...]
-      <c r="K10" s="21">
+      <c r="F10" s="16"/>
+      <c r="G10" s="16"/>
+      <c r="H10" s="16"/>
+      <c r="I10" s="16"/>
+      <c r="J10" s="16"/>
+      <c r="K10" s="17">
         <v>49000</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="21">
-      <c r="A11" s="22">
+      <c r="A11" s="18">
         <v>8</v>
       </c>
-      <c r="B11" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="21">
+      <c r="B11" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="17">
         <v>1000</v>
       </c>
-      <c r="D11" s="20"/>
-      <c r="E11" s="21">
+      <c r="D11" s="16"/>
+      <c r="E11" s="17">
         <v>1000</v>
       </c>
-      <c r="F11" s="20"/>
-[...4 lines deleted...]
-      <c r="K11" s="21">
+      <c r="F11" s="16"/>
+      <c r="G11" s="16"/>
+      <c r="H11" s="16"/>
+      <c r="I11" s="16"/>
+      <c r="J11" s="16"/>
+      <c r="K11" s="17">
         <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="17.600000000000001">
-      <c r="A12" s="20"/>
-[...3 lines deleted...]
-      <c r="C12" s="21">
+      <c r="A12" s="16"/>
+      <c r="B12" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="17">
         <v>1000</v>
       </c>
-      <c r="D12" s="20"/>
-      <c r="E12" s="21">
+      <c r="D12" s="16"/>
+      <c r="E12" s="17">
         <v>1000</v>
       </c>
-      <c r="F12" s="20"/>
-[...4 lines deleted...]
-      <c r="K12" s="21">
+      <c r="F12" s="16"/>
+      <c r="G12" s="16"/>
+      <c r="H12" s="16"/>
+      <c r="I12" s="16"/>
+      <c r="J12" s="16"/>
+      <c r="K12" s="17">
         <v>1000</v>
       </c>
     </row>
     <row r="13" spans="1:11">
-      <c r="A13" s="11"/>
-[...9 lines deleted...]
-      <c r="K13" s="11"/>
+      <c r="A13" s="9"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
     </row>
     <row r="14" spans="1:11">
-      <c r="A14" s="20"/>
-[...3 lines deleted...]
-      <c r="C14" s="21">
+      <c r="A14" s="16"/>
+      <c r="B14" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="17">
         <v>2444490</v>
       </c>
-      <c r="D14" s="20"/>
-      <c r="E14" s="21">
+      <c r="D14" s="16"/>
+      <c r="E14" s="17">
         <v>2444490</v>
       </c>
-      <c r="F14" s="21">
-[...15 lines deleted...]
-        <v>1912509.52</v>
+      <c r="F14" s="17">
+        <v>430057.57</v>
+      </c>
+      <c r="G14" s="17">
+        <v>485377.7</v>
+      </c>
+      <c r="H14" s="17">
+        <v>1845.83</v>
+      </c>
+      <c r="I14" s="17">
+        <v>483531.87</v>
+      </c>
+      <c r="J14" s="17">
+        <v>-53474.3</v>
+      </c>
+      <c r="K14" s="17">
+        <v>2014432.43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D5:D7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B61AFC1141A5A64DAAB51A26D354DF9F" ma:contentTypeVersion="15" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="9d8765bb2e43ac7d8c4ceee6f9ca3187">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de69d901-7bd1-4da2-9193-dc08d029bd27" xmlns:ns3="b13a2cf0-b8be-40e7-9a09-3744b2cfc303" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="96b3053fc92a581b42581a6ce21c59a4" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="de69d901-7bd1-4da2-9193-dc08d029bd27">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="b13a2cf0-b8be-40e7-9a09-3744b2cfc303" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B61AFC1141A5A64DAAB51A26D354DF9F" ma:contentTypeVersion="16" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="28ef274bf093f6877f843b48f9396b06">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="de69d901-7bd1-4da2-9193-dc08d029bd27" xmlns:ns3="b13a2cf0-b8be-40e7-9a09-3744b2cfc303" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="62de494c2f9c0ffa9414d76597cadd39" ns2:_="" ns3:_="">
     <xsd:import namespace="de69d901-7bd1-4da2-9193-dc08d029bd27"/>
     <xsd:import namespace="b13a2cf0-b8be-40e7-9a09-3744b2cfc303"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="de69d901-7bd1-4da2-9193-dc08d029bd27" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2142,50 +2297,55 @@
     <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Etiquetas de imagen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b7796709-0185-4087-8d52-ba27125e5493" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b13a2cf0-b8be-40e7-9a09-3744b2cfc303" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{54c49bf1-6091-422d-a1dd-a9a18a9c6980}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b13a2cf0-b8be-40e7-9a09-3744b2cfc303">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Compartido con" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -2285,80 +2445,86 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3BA8743-0AFC-413C-AF72-C689A8528FF6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB9064-9A84-4874-AEE1-25472947AF34}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="de69d901-7bd1-4da2-9193-dc08d029bd27"/>
+    <ds:schemaRef ds:uri="b13a2cf0-b8be-40e7-9a09-3744b2cfc303"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF14AADD-F919-4E72-AD99-A8199915F368}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF14AADD-F919-4E72-AD99-A8199915F368}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEFB9064-9A84-4874-AEE1-25472947AF34}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{060B769E-5A63-4791-B647-B6B09685E911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="de69d901-7bd1-4da2-9193-dc08d029bd27"/>
+    <ds:schemaRef ds:uri="b13a2cf0-b8be-40e7-9a09-3744b2cfc303"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c1b49ad8-5501-40bd-badb-b03362ed1ebf}" enabled="1" method="Standard" siteId="{01f61e9c-1ae4-4de3-93b8-f75e2e355a4e}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
@@ -2377,27 +2543,30 @@
   <dc:title>Crystal Reports ActiveX Designer - ESTEJEFGASCAP.RPT</dc:title>
   <dc:creator>(AnaMaríaRíosAragón)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-07-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>PDF24 Creator</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2025-07-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>GPL Ghostscript 10.04.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100B61AFC1141A5A64DAAB51A26D354DF9F</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>